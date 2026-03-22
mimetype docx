--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -1554,293 +1554,459 @@
         </w:tabs>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Brandenburger, A.M., &amp; Nalebuff, B.M. (1996). Co-opetition. New York: Doubleday.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="362C842D" w14:textId="77777777" w:rsidR="006928FC" w:rsidRDefault="006928FC" w:rsidP="00657A07">
       <w:pPr>
         <w:pStyle w:val="ReferenceslistArticle"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="340"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Kim, W.C. (2005). Blue ocean strategy: from theory to practice. California management review, 47(3), 105-121.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D77076" w14:textId="2CF479B8" w:rsidR="006928FC" w:rsidRDefault="006928FC" w:rsidP="006928FC">
+    <w:p w14:paraId="144EB082" w14:textId="29D62F57" w:rsidR="00C36E5D" w:rsidRPr="00C36E5D" w:rsidRDefault="006928FC" w:rsidP="00C36E5D">
       <w:pPr>
         <w:pStyle w:val="ReferencesAboutauthorstitleArticle"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006928FC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Information about authors</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4672"/>
         <w:gridCol w:w="4673"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C6A5C" w14:paraId="291107BC" w14:textId="77777777" w:rsidTr="009C6A5C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4672" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB3353B" w14:textId="3457815A" w:rsidR="009C6A5C" w:rsidRDefault="00691194" w:rsidP="009C6A5C">
-[...54 lines deleted...]
-          <w:p w14:paraId="420DEEE7" w14:textId="2DF4AE9D" w:rsidR="009C6A5C" w:rsidRDefault="009C6A5C" w:rsidP="009C6A5C">
+          <w:p w14:paraId="79CAE504" w14:textId="50F95FEE" w:rsidR="009C6A5C" w:rsidRPr="00691194" w:rsidRDefault="00691194" w:rsidP="00691194">
             <w:pPr>
               <w:pStyle w:val="emailandORCIDofauthorsArticle"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">e-mail: </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+              </w:rPr>
+              <w:t>Ibragimova</w:t>
             </w:r>
-            <w:r w:rsidR="00691194">
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="009C6A5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-              <w:t>ORCID: https://orcid.org/0000-0003-4052-8830</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Aigerim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Nurlanova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009C6A5C">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Academic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>degree</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">University/Organization </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>, City, Country</w:t>
+            </w:r>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>: example@mail.com</w:t>
+            </w:r>
+            <w:r w:rsidR="00C36E5D" w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ORCID: https://orcid.org/0000-0000-0000-0000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F418CDE" w14:textId="5A0F84AC" w:rsidR="00691194" w:rsidRDefault="00691194" w:rsidP="00657A07">
-[...22 lines deleted...]
-          <w:p w14:paraId="7691DCA5" w14:textId="77777777" w:rsidR="00657A07" w:rsidRDefault="00657A07" w:rsidP="00657A07">
+          <w:p w14:paraId="0E3BD96E" w14:textId="50889638" w:rsidR="009C6A5C" w:rsidRPr="00657A07" w:rsidRDefault="00C36E5D" w:rsidP="00C36E5D">
             <w:pPr>
               <w:pStyle w:val="emailandORCIDofauthorsArticle"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">e-mail: assadenova@edu.ektu.kz </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ibragimova </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Aigerim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Nurlanova</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>ORCID: https://orcid.org/0000-000</w:t>
+              <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidR="00691194">
-              <w:t>0</w:t>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:t>-</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>Academic</w:t>
             </w:r>
-            <w:r w:rsidR="00691194">
-              <w:t>000</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-              <w:t>-</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>degree</w:t>
             </w:r>
-            <w:r w:rsidR="00691194">
-              <w:t>000</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-              <w:t>0</w:t>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">University/Organization </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>, City, Country</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:t>: example@mail.com</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C36E5D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ORCID: https://orcid.org/0000-0000-0000-0000</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7EC03057" w14:textId="0BD97076" w:rsidR="00C26235" w:rsidRDefault="00C26235"/>
     <w:sectPr w:rsidR="00C26235" w:rsidSect="006928FC">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2268" w:right="850" w:bottom="1843" w:left="1701" w:header="567" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24DC752F" w14:textId="77777777" w:rsidR="00ED20FD" w:rsidRDefault="00ED20FD" w:rsidP="00973AEC">
+    <w:p w14:paraId="54956872" w14:textId="77777777" w:rsidR="00735CD8" w:rsidRDefault="00735CD8" w:rsidP="00973AEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62088735" w14:textId="77777777" w:rsidR="00ED20FD" w:rsidRDefault="00ED20FD" w:rsidP="00973AEC">
+    <w:p w14:paraId="36B7BC94" w14:textId="77777777" w:rsidR="00735CD8" w:rsidRDefault="00735CD8" w:rsidP="00973AEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rubik Light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002A6F" w:usb1="C000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Rubik">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -1998,61 +2164,61 @@
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>nd</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="009C6A5C">
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>/4.0)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AC1D220" w14:textId="77777777" w:rsidR="00ED20FD" w:rsidRDefault="00ED20FD" w:rsidP="00973AEC">
+    <w:p w14:paraId="0F6B3D8C" w14:textId="77777777" w:rsidR="00735CD8" w:rsidRDefault="00735CD8" w:rsidP="00973AEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0779D731" w14:textId="77777777" w:rsidR="00ED20FD" w:rsidRDefault="00ED20FD" w:rsidP="00973AEC">
+    <w:p w14:paraId="43820C17" w14:textId="77777777" w:rsidR="00735CD8" w:rsidRDefault="00735CD8" w:rsidP="00973AEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47D8D059" w14:textId="42518DE7" w:rsidR="00973AEC" w:rsidRPr="006928FC" w:rsidRDefault="00C26235" w:rsidP="00973AEC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="right" w:pos="7855"/>
       </w:tabs>
       <w:rPr>
@@ -2423,51 +2589,83 @@
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00691194">
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>eISSN:0000-0000</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4C0E5A4A" w14:textId="3142250E" w:rsidR="00C26235" w:rsidRPr="00691194" w:rsidRDefault="00C26235" w:rsidP="00C26235">
     <w:pPr>
       <w:pStyle w:val="captionsHeaderFooter"/>
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00691194">
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>DOI: 10.xxxx/tsarka.v1i1</w:t>
+      <w:t xml:space="preserve">DOI: </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00691194">
+      <w:rPr>
+        <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>10.xxxx</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00691194">
+      <w:rPr>
+        <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00691194">
+      <w:rPr>
+        <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>tsarka.v</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00691194">
+      <w:rPr>
+        <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>1i1</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B3750C9" w14:textId="77777777" w:rsidR="006928FC" w:rsidRPr="006928FC" w:rsidRDefault="006928FC" w:rsidP="006928FC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="right" w:pos="7855"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
@@ -2793,113 +2991,90 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="006928FC">
       <w:rPr>
         <w:rFonts w:ascii="Rubik Medium" w:hAnsi="Rubik Medium" w:cs="Rubik Medium"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>TSARKA SCIENCE</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="44232EB3" w14:textId="77777777" w:rsidR="006928FC" w:rsidRPr="00C26235" w:rsidRDefault="006928FC" w:rsidP="006928FC">
+  <w:p w14:paraId="44232EB3" w14:textId="77777777" w:rsidR="006928FC" w:rsidRPr="00C36E5D" w:rsidRDefault="006928FC" w:rsidP="006928FC">
     <w:pPr>
       <w:pStyle w:val="captionsHeaderFooter"/>
       <w:rPr>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="14C3504A" w14:textId="77777777" w:rsidR="006928FC" w:rsidRPr="00C26235" w:rsidRDefault="006928FC" w:rsidP="006928FC">
+  <w:p w14:paraId="14C3504A" w14:textId="77777777" w:rsidR="006928FC" w:rsidRPr="00C36E5D" w:rsidRDefault="006928FC" w:rsidP="006928FC">
     <w:pPr>
       <w:pStyle w:val="captionsHeaderFooter"/>
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C26235">
+    <w:r w:rsidRPr="00C36E5D">
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>eISSN:0000-0000</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="23EBD065" w14:textId="77777777" w:rsidR="006928FC" w:rsidRPr="00C26235" w:rsidRDefault="006928FC" w:rsidP="006928FC">
+  <w:p w14:paraId="23EBD065" w14:textId="77777777" w:rsidR="006928FC" w:rsidRPr="00C36E5D" w:rsidRDefault="006928FC" w:rsidP="006928FC">
     <w:pPr>
       <w:pStyle w:val="captionsHeaderFooter"/>
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C26235">
+    <w:r w:rsidRPr="00C36E5D">
       <w:rPr>
         <w:rFonts w:ascii="Rubik" w:hAnsi="Rubik" w:cs="Rubik"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">DOI: </w:t>
-[...27 lines deleted...]
-      <w:t>1i1</w:t>
+      <w:t>DOI: 10.xxxx/tsarka.v1i1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4C1332FC" w14:textId="77777777" w:rsidR="006928FC" w:rsidRDefault="006928FC">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38901FD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB1E72A8"/>
     <w:lvl w:ilvl="0" w:tplc="2000000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2962,105 +3137,108 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1393692775">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E01ECB"/>
     <w:rsid w:val="00014B34"/>
     <w:rsid w:val="001D014C"/>
     <w:rsid w:val="00255686"/>
     <w:rsid w:val="002D0220"/>
     <w:rsid w:val="00311152"/>
     <w:rsid w:val="00330C34"/>
+    <w:rsid w:val="00380ACC"/>
     <w:rsid w:val="00407E53"/>
     <w:rsid w:val="00425794"/>
     <w:rsid w:val="0043510C"/>
     <w:rsid w:val="00571922"/>
     <w:rsid w:val="00654271"/>
     <w:rsid w:val="00656863"/>
     <w:rsid w:val="00657A07"/>
     <w:rsid w:val="00665969"/>
     <w:rsid w:val="00691194"/>
     <w:rsid w:val="006928FC"/>
     <w:rsid w:val="006B58AE"/>
     <w:rsid w:val="00723227"/>
+    <w:rsid w:val="00735CD8"/>
     <w:rsid w:val="00740058"/>
     <w:rsid w:val="007E53A1"/>
     <w:rsid w:val="00846EE0"/>
     <w:rsid w:val="00973AEC"/>
     <w:rsid w:val="00993A76"/>
     <w:rsid w:val="009C6A5C"/>
     <w:rsid w:val="009F25E1"/>
     <w:rsid w:val="00A232FD"/>
     <w:rsid w:val="00AF6BC0"/>
     <w:rsid w:val="00B61FA4"/>
     <w:rsid w:val="00C0083C"/>
     <w:rsid w:val="00C26235"/>
+    <w:rsid w:val="00C36E5D"/>
     <w:rsid w:val="00CD11C2"/>
     <w:rsid w:val="00DC1A9B"/>
     <w:rsid w:val="00E01ECB"/>
     <w:rsid w:val="00E02ABC"/>
     <w:rsid w:val="00ED20FD"/>
     <w:rsid w:val="00F91202"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -3456,51 +3634,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006928FC"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
@@ -4200,69 +4377,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF89A908-35C6-47C4-A0F5-BA72B2AAA93A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1176</Words>
-  <Characters>6706</Characters>
+  <Words>1175</Words>
+  <Characters>6702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7867</CharactersWithSpaces>
+  <CharactersWithSpaces>7862</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Персик</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>